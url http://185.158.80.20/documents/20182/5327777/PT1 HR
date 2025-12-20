--- v0 (2025-10-30)
+++ v1 (2025-12-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PT1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="918" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="919" uniqueCount="42">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>KREDITNI TRANSFERI PREMA OPISU NAČINA PLAĆANJA U REPUBLICI HRVATSKOJ U EURIMA - 2025. godina</t>
   </si>
   <si>
     <t>KREDITNI TRANSFERI</t>
   </si>
   <si>
     <t>SIJEČANJ</t>
   </si>
   <si>
     <t>VELJAČA</t>
   </si>
@@ -125,60 +125,66 @@
   <si>
     <t> Internet</t>
   </si>
   <si>
     <t> POTROŠAČ</t>
   </si>
   <si>
     <t> Telebanking</t>
   </si>
   <si>
     <t> Elektronički</t>
   </si>
   <si>
     <t> Mobilni telefon</t>
   </si>
   <si>
     <t> Bankomat/bankarski kiosk</t>
   </si>
   <si>
     <t> E-račun</t>
   </si>
   <si>
     <t> SMS</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t> NEPOTROŠAČ {1}</t>
   </si>
   <si>
     <t> Interni sustav obveznika</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
   <si>
     <t>{1} uključuje plaćanja kreditnih institucija</t>
+  </si>
+  <si>
+    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -620,51 +626,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:BC40"/>
+  <dimension ref="A1:BC41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="30" customWidth="1"/>
     <col min="4" max="4" width="26" customWidth="1"/>
     <col min="5" max="5" width="2" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
     <col min="7" max="7" width="2" customWidth="1"/>
     <col min="8" max="8" width="26" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
     <col min="10" max="10" width="26" customWidth="1"/>
     <col min="11" max="11" width="2" customWidth="1"/>
     <col min="12" max="12" width="26" customWidth="1"/>
     <col min="13" max="13" width="2" customWidth="1"/>
     <col min="14" max="14" width="26" customWidth="1"/>
     <col min="15" max="15" width="2" customWidth="1"/>
     <col min="16" max="16" width="26" customWidth="1"/>
     <col min="17" max="17" width="2" customWidth="1"/>
     <col min="18" max="18" width="26" customWidth="1"/>
     <col min="19" max="19" width="2" customWidth="1"/>
     <col min="20" max="20" width="26" customWidth="1"/>
@@ -925,129 +931,129 @@
       <c r="T10" s="9">
         <v>1083305</v>
       </c>
       <c r="U10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V10" s="9">
         <v>1228654829</v>
       </c>
       <c r="W10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="X10" s="9">
         <v>1117814</v>
       </c>
       <c r="Y10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="Z10" s="9">
         <v>1192197830</v>
       </c>
       <c r="AA10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AB10" s="9">
-        <v/>
+        <v>1112356</v>
       </c>
       <c r="AC10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AD10" s="9">
-        <v/>
+        <v>1138564034</v>
       </c>
       <c r="AE10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AF10" s="9">
-        <v/>
+        <v>989563</v>
       </c>
       <c r="AG10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH10" s="9">
-        <v/>
+        <v>747817306</v>
       </c>
       <c r="AI10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ10" s="9">
-        <v/>
+        <v>1105209</v>
       </c>
       <c r="AK10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL10" s="9">
-        <v/>
+        <v>1210901012</v>
       </c>
       <c r="AM10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN10" s="9">
         <v/>
       </c>
       <c r="AO10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AP10" s="9">
         <v/>
       </c>
       <c r="AQ10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AR10" s="9">
         <v/>
       </c>
       <c r="AS10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AT10" s="9">
         <v/>
       </c>
       <c r="AU10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AV10" s="9">
         <v/>
       </c>
       <c r="AW10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX10" s="9">
         <v/>
       </c>
       <c r="AY10" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ10" s="10">
-        <v>6580868</v>
+        <v>9787996</v>
       </c>
       <c r="BA10" t="s" s="11">
         <v>22</v>
       </c>
       <c r="BB10" s="10">
-        <v>6832987887</v>
+        <v>9930270239</v>
       </c>
       <c r="BC10" t="s" s="11">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:55">
       <c r="A11" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B11" t="s" s="12">
         <v>24</v>
       </c>
       <c r="C11" t="s" s="12">
         <v>25</v>
       </c>
       <c r="D11" s="13">
         <v>2039037</v>
       </c>
       <c r="E11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F11" s="13">
         <v>63970963</v>
       </c>
       <c r="G11" t="s" s="12">
@@ -1092,129 +1098,129 @@
       <c r="T11" s="13">
         <v>1817814</v>
       </c>
       <c r="U11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V11" s="13">
         <v>61462137</v>
       </c>
       <c r="W11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X11" s="13">
         <v>1796417</v>
       </c>
       <c r="Y11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z11" s="13">
         <v>62634819</v>
       </c>
       <c r="AA11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB11" s="13">
-        <v/>
+        <v>1848092</v>
       </c>
       <c r="AC11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD11" s="13">
-        <v/>
+        <v>56674812</v>
       </c>
       <c r="AE11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF11" s="13">
-        <v/>
+        <v>1688423</v>
       </c>
       <c r="AG11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH11" s="13">
-        <v/>
+        <v>52310541</v>
       </c>
       <c r="AI11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ11" s="13">
-        <v/>
+        <v>1786154</v>
       </c>
       <c r="AK11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL11" s="13">
-        <v/>
+        <v>57278823</v>
       </c>
       <c r="AM11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN11" s="13">
         <v/>
       </c>
       <c r="AO11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP11" s="13">
         <v/>
       </c>
       <c r="AQ11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR11" s="13">
         <v/>
       </c>
       <c r="AS11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT11" s="13">
         <v/>
       </c>
       <c r="AU11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV11" s="13">
         <v/>
       </c>
       <c r="AW11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX11" s="13">
         <v/>
       </c>
       <c r="AY11" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ11" s="14">
-        <v>11567436</v>
+        <v>16890105</v>
       </c>
       <c r="BA11" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB11" s="14">
-        <v>381076294</v>
+        <v>547340470</v>
       </c>
       <c r="BC11" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:55">
       <c r="A12" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C12" t="s" s="12">
         <v>26</v>
       </c>
       <c r="D12" s="13">
         <v>38</v>
       </c>
       <c r="E12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F12" s="13">
         <v>169014</v>
       </c>
       <c r="G12" t="s" s="12">
@@ -1259,129 +1265,129 @@
       <c r="T12" s="13">
         <v>32</v>
       </c>
       <c r="U12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V12" s="13">
         <v>103273</v>
       </c>
       <c r="W12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X12" s="13">
         <v>30</v>
       </c>
       <c r="Y12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z12" s="13">
         <v>117356</v>
       </c>
       <c r="AA12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB12" s="13">
-        <v/>
+        <v>119</v>
       </c>
       <c r="AC12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD12" s="13">
-        <v/>
+        <v>153144</v>
       </c>
       <c r="AE12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF12" s="13">
-        <v/>
+        <v>355</v>
       </c>
       <c r="AG12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH12" s="13">
-        <v/>
+        <v>206064</v>
       </c>
       <c r="AI12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ12" s="13">
-        <v/>
+        <v>173</v>
       </c>
       <c r="AK12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL12" s="13">
-        <v/>
+        <v>202738</v>
       </c>
       <c r="AM12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN12" s="13">
         <v/>
       </c>
       <c r="AO12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP12" s="13">
         <v/>
       </c>
       <c r="AQ12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR12" s="13">
         <v/>
       </c>
       <c r="AS12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT12" s="13">
         <v/>
       </c>
       <c r="AU12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV12" s="13">
         <v/>
       </c>
       <c r="AW12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX12" s="13">
         <v/>
       </c>
       <c r="AY12" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ12" s="14">
-        <v>214</v>
+        <v>861</v>
       </c>
       <c r="BA12" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB12" s="14">
-        <v>894205</v>
+        <v>1456151</v>
       </c>
       <c r="BC12" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:55">
       <c r="A13" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B13" t="s" s="16">
         <v>27</v>
       </c>
       <c r="C13" t="s" s="16">
         <v>24</v>
       </c>
       <c r="D13" s="17">
         <v>3121611</v>
       </c>
       <c r="E13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="F13" s="17">
         <v>1013129125</v>
       </c>
       <c r="G13" t="s" s="18">
@@ -1426,129 +1432,129 @@
       <c r="T13" s="17">
         <v>2901151</v>
       </c>
       <c r="U13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="V13" s="17">
         <v>1290220239</v>
       </c>
       <c r="W13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="X13" s="17">
         <v>2914261</v>
       </c>
       <c r="Y13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="Z13" s="17">
         <v>1254950005</v>
       </c>
       <c r="AA13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AB13" s="17">
-        <v/>
+        <v>2960567</v>
       </c>
       <c r="AC13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AD13" s="17">
-        <v/>
+        <v>1195391990</v>
       </c>
       <c r="AE13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AF13" s="17">
-        <v/>
+        <v>2678341</v>
       </c>
       <c r="AG13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AH13" s="17">
-        <v/>
+        <v>800333911</v>
       </c>
       <c r="AI13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AJ13" s="17">
-        <v/>
+        <v>2891536</v>
       </c>
       <c r="AK13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AL13" s="17">
-        <v/>
+        <v>1268382573</v>
       </c>
       <c r="AM13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AN13" s="17">
         <v/>
       </c>
       <c r="AO13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AP13" s="17">
         <v/>
       </c>
       <c r="AQ13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AR13" s="17">
         <v/>
       </c>
       <c r="AS13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AT13" s="17">
         <v/>
       </c>
       <c r="AU13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AV13" s="17">
         <v/>
       </c>
       <c r="AW13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AX13" s="17">
         <v/>
       </c>
       <c r="AY13" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AZ13" s="19">
-        <v>18148518</v>
+        <v>26678962</v>
       </c>
       <c r="BA13" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB13" s="19">
-        <v>7214958386</v>
+        <v>10479066860</v>
       </c>
       <c r="BC13" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:55">
       <c r="A14" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C14" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D14" s="13">
         <v>3621</v>
       </c>
       <c r="E14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F14" s="13">
         <v>11261181</v>
       </c>
       <c r="G14" t="s" s="12">
@@ -1593,129 +1599,129 @@
       <c r="T14" s="13">
         <v>3172</v>
       </c>
       <c r="U14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V14" s="13">
         <v>11033956</v>
       </c>
       <c r="W14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X14" s="13">
         <v>3164</v>
       </c>
       <c r="Y14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z14" s="13">
         <v>8715388</v>
       </c>
       <c r="AA14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB14" s="13">
-        <v/>
+        <v>3055</v>
       </c>
       <c r="AC14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD14" s="13">
-        <v/>
+        <v>8888262</v>
       </c>
       <c r="AE14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF14" s="13">
-        <v/>
+        <v>3067</v>
       </c>
       <c r="AG14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH14" s="13">
-        <v/>
+        <v>6215644</v>
       </c>
       <c r="AI14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ14" s="13">
-        <v/>
+        <v>2908</v>
       </c>
       <c r="AK14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL14" s="13">
-        <v/>
+        <v>7234683</v>
       </c>
       <c r="AM14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN14" s="13">
         <v/>
       </c>
       <c r="AO14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP14" s="13">
         <v/>
       </c>
       <c r="AQ14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR14" s="13">
         <v/>
       </c>
       <c r="AS14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT14" s="13">
         <v/>
       </c>
       <c r="AU14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV14" s="13">
         <v/>
       </c>
       <c r="AW14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX14" s="13">
         <v/>
       </c>
       <c r="AY14" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ14" s="14">
-        <v>20225</v>
+        <v>29255</v>
       </c>
       <c r="BA14" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB14" s="14">
-        <v>56452434</v>
+        <v>78791023</v>
       </c>
       <c r="BC14" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:55">
       <c r="A15" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C15" t="s" s="12">
         <v>28</v>
       </c>
       <c r="D15" s="13">
         <v>884050</v>
       </c>
       <c r="E15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F15" s="13">
         <v>287454338</v>
       </c>
       <c r="G15" t="s" s="12">
@@ -1760,129 +1766,129 @@
       <c r="T15" s="13">
         <v>817488</v>
       </c>
       <c r="U15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V15" s="13">
         <v>334694052</v>
       </c>
       <c r="W15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X15" s="13">
         <v>781342</v>
       </c>
       <c r="Y15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z15" s="13">
         <v>377252117</v>
       </c>
       <c r="AA15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB15" s="13">
-        <v/>
+        <v>758007</v>
       </c>
       <c r="AC15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD15" s="13">
-        <v/>
+        <v>338651012</v>
       </c>
       <c r="AE15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF15" s="13">
-        <v/>
+        <v>664434</v>
       </c>
       <c r="AG15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH15" s="13">
-        <v/>
+        <v>215762125</v>
       </c>
       <c r="AI15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ15" s="13">
-        <v/>
+        <v>809605</v>
       </c>
       <c r="AK15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL15" s="13">
-        <v/>
+        <v>370477526</v>
       </c>
       <c r="AM15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN15" s="13">
         <v/>
       </c>
       <c r="AO15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP15" s="13">
         <v/>
       </c>
       <c r="AQ15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR15" s="13">
         <v/>
       </c>
       <c r="AS15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT15" s="13">
         <v/>
       </c>
       <c r="AU15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV15" s="13">
         <v/>
       </c>
       <c r="AW15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX15" s="13">
         <v/>
       </c>
       <c r="AY15" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ15" s="14">
-        <v>5128312</v>
+        <v>7360358</v>
       </c>
       <c r="BA15" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB15" s="14">
-        <v>2057086622</v>
+        <v>2981977285</v>
       </c>
       <c r="BC15" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:55">
       <c r="A16" t="s" s="7">
         <v>29</v>
       </c>
       <c r="B16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C16" t="s" s="12">
         <v>30</v>
       </c>
       <c r="D16" s="13">
         <v/>
       </c>
       <c r="E16" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F16" s="13">
         <v/>
       </c>
       <c r="G16" t="s" s="12">
@@ -2094,129 +2100,129 @@
       <c r="T17" s="13">
         <v>15018493</v>
       </c>
       <c r="U17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V17" s="13">
         <v>2522815442</v>
       </c>
       <c r="W17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X17" s="13">
         <v>15400455</v>
       </c>
       <c r="Y17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z17" s="13">
         <v>2786132467</v>
       </c>
       <c r="AA17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB17" s="13">
-        <v/>
+        <v>15407743</v>
       </c>
       <c r="AC17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD17" s="13">
-        <v/>
+        <v>2629744956</v>
       </c>
       <c r="AE17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF17" s="13">
-        <v/>
+        <v>14075521</v>
       </c>
       <c r="AG17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH17" s="13">
-        <v/>
+        <v>2173742893</v>
       </c>
       <c r="AI17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ17" s="13">
-        <v/>
+        <v>17166849</v>
       </c>
       <c r="AK17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL17" s="13">
-        <v/>
+        <v>2888248014</v>
       </c>
       <c r="AM17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN17" s="13">
         <v/>
       </c>
       <c r="AO17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP17" s="13">
         <v/>
       </c>
       <c r="AQ17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR17" s="13">
         <v/>
       </c>
       <c r="AS17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT17" s="13">
         <v/>
       </c>
       <c r="AU17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV17" s="13">
         <v/>
       </c>
       <c r="AW17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX17" s="13">
         <v/>
       </c>
       <c r="AY17" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ17" s="14">
-        <v>88296288</v>
+        <v>134946401</v>
       </c>
       <c r="BA17" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB17" s="14">
-        <v>15055005487</v>
+        <v>22746741350</v>
       </c>
       <c r="BC17" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:55">
       <c r="A18" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C18" t="s" s="12">
         <v>33</v>
       </c>
       <c r="D18" s="13">
         <v>5881</v>
       </c>
       <c r="E18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F18" s="13">
         <v>1079565</v>
       </c>
       <c r="G18" t="s" s="12">
@@ -2261,129 +2267,129 @@
       <c r="T18" s="13">
         <v>6290</v>
       </c>
       <c r="U18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V18" s="13">
         <v>1237165</v>
       </c>
       <c r="W18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X18" s="13">
         <v>6311</v>
       </c>
       <c r="Y18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z18" s="13">
         <v>1294260</v>
       </c>
       <c r="AA18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB18" s="13">
-        <v/>
+        <v>6284</v>
       </c>
       <c r="AC18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD18" s="13">
-        <v/>
+        <v>1281920</v>
       </c>
       <c r="AE18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF18" s="13">
-        <v/>
+        <v>5788</v>
       </c>
       <c r="AG18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH18" s="13">
-        <v/>
+        <v>1137750</v>
       </c>
       <c r="AI18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ18" s="13">
-        <v/>
+        <v>6092</v>
       </c>
       <c r="AK18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL18" s="13">
-        <v/>
+        <v>1192990</v>
       </c>
       <c r="AM18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN18" s="13">
         <v/>
       </c>
       <c r="AO18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP18" s="13">
         <v/>
       </c>
       <c r="AQ18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR18" s="13">
         <v/>
       </c>
       <c r="AS18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT18" s="13">
         <v/>
       </c>
       <c r="AU18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV18" s="13">
         <v/>
       </c>
       <c r="AW18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX18" s="13">
         <v/>
       </c>
       <c r="AY18" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ18" s="14">
-        <v>36918</v>
+        <v>55082</v>
       </c>
       <c r="BA18" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB18" s="14">
-        <v>7002395</v>
+        <v>10615055</v>
       </c>
       <c r="BC18" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:55">
       <c r="A19" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C19" t="s" s="12">
         <v>34</v>
       </c>
       <c r="D19" s="13">
         <v>19930</v>
       </c>
       <c r="E19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F19" s="13">
         <v>581178</v>
       </c>
       <c r="G19" t="s" s="12">
@@ -2428,129 +2434,129 @@
       <c r="T19" s="13">
         <v>19419</v>
       </c>
       <c r="U19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V19" s="13">
         <v>552825</v>
       </c>
       <c r="W19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X19" s="13">
         <v>20181</v>
       </c>
       <c r="Y19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z19" s="13">
         <v>563924</v>
       </c>
       <c r="AA19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB19" s="13">
-        <v/>
+        <v>19792</v>
       </c>
       <c r="AC19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD19" s="13">
-        <v/>
+        <v>566892</v>
       </c>
       <c r="AE19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF19" s="13">
-        <v/>
+        <v>19303</v>
       </c>
       <c r="AG19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH19" s="13">
-        <v/>
+        <v>565443</v>
       </c>
       <c r="AI19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ19" s="13">
-        <v/>
+        <v>19409</v>
       </c>
       <c r="AK19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL19" s="13">
-        <v/>
+        <v>562317</v>
       </c>
       <c r="AM19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN19" s="13">
         <v/>
       </c>
       <c r="AO19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP19" s="13">
         <v/>
       </c>
       <c r="AQ19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR19" s="13">
         <v/>
       </c>
       <c r="AS19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT19" s="13">
         <v/>
       </c>
       <c r="AU19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV19" s="13">
         <v/>
       </c>
       <c r="AW19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX19" s="13">
         <v/>
       </c>
       <c r="AY19" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ19" s="14">
-        <v>119090</v>
+        <v>177594</v>
       </c>
       <c r="BA19" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB19" s="14">
-        <v>3423126</v>
+        <v>5117778</v>
       </c>
       <c r="BC19" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:55">
       <c r="A20" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C20" t="s" s="12">
         <v>35</v>
       </c>
       <c r="D20" s="13">
         <v/>
       </c>
       <c r="E20" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F20" s="13">
         <v/>
       </c>
       <c r="G20" t="s" s="12">
@@ -2762,129 +2768,129 @@
       <c r="T21" s="13">
         <v>9056</v>
       </c>
       <c r="U21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V21" s="13">
         <v>33914385</v>
       </c>
       <c r="W21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X21" s="13">
         <v>10149</v>
       </c>
       <c r="Y21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z21" s="13">
         <v>49325984</v>
       </c>
       <c r="AA21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB21" s="13">
-        <v/>
+        <v>28861</v>
       </c>
       <c r="AC21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD21" s="13">
-        <v/>
+        <v>41426371</v>
       </c>
       <c r="AE21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF21" s="13">
-        <v/>
+        <v>28076</v>
       </c>
       <c r="AG21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH21" s="13">
-        <v/>
+        <v>23824354</v>
       </c>
       <c r="AI21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ21" s="13">
-        <v/>
+        <v>28541</v>
       </c>
       <c r="AK21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL21" s="13">
-        <v/>
+        <v>32255284</v>
       </c>
       <c r="AM21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN21" s="13">
         <v/>
       </c>
       <c r="AO21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP21" s="13">
         <v/>
       </c>
       <c r="AQ21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR21" s="13">
         <v/>
       </c>
       <c r="AS21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT21" s="13">
         <v/>
       </c>
       <c r="AU21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV21" s="13">
         <v/>
       </c>
       <c r="AW21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX21" s="13">
         <v/>
       </c>
       <c r="AY21" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ21" s="14">
-        <v>54721</v>
+        <v>140199</v>
       </c>
       <c r="BA21" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB21" s="14">
-        <v>205091295</v>
+        <v>302597304</v>
       </c>
       <c r="BC21" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:55">
       <c r="A22" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B22" t="s" s="21">
         <v>27</v>
       </c>
       <c r="C22" t="s" s="21">
         <v>31</v>
       </c>
       <c r="D22" s="9">
         <v>15087916</v>
       </c>
       <c r="E22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="F22" s="9">
         <v>2492252117</v>
       </c>
       <c r="G22" t="s" s="8">
@@ -2929,129 +2935,129 @@
       <c r="T22" s="9">
         <v>15873918</v>
       </c>
       <c r="U22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V22" s="9">
         <v>2904247825</v>
       </c>
       <c r="W22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="X22" s="9">
         <v>16221602</v>
       </c>
       <c r="Y22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="Z22" s="9">
         <v>3223284140</v>
       </c>
       <c r="AA22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AB22" s="9">
-        <v/>
+        <v>16223742</v>
       </c>
       <c r="AC22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AD22" s="9">
-        <v/>
+        <v>3020559413</v>
       </c>
       <c r="AE22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AF22" s="9">
-        <v/>
+        <v>14796189</v>
       </c>
       <c r="AG22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH22" s="9">
-        <v/>
+        <v>2421248209</v>
       </c>
       <c r="AI22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ22" s="9">
-        <v/>
+        <v>18033404</v>
       </c>
       <c r="AK22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL22" s="9">
-        <v/>
+        <v>3299970814</v>
       </c>
       <c r="AM22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN22" s="9">
         <v/>
       </c>
       <c r="AO22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AP22" s="9">
         <v/>
       </c>
       <c r="AQ22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AR22" s="9">
         <v/>
       </c>
       <c r="AS22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AT22" s="9">
         <v/>
       </c>
       <c r="AU22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AV22" s="9">
         <v/>
       </c>
       <c r="AW22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX22" s="9">
         <v/>
       </c>
       <c r="AY22" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ22" s="19">
-        <v>93655554</v>
+        <v>142708889</v>
       </c>
       <c r="BA22" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB22" s="19">
-        <v>17384061359</v>
+        <v>26125839795</v>
       </c>
       <c r="BC22" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:55">
       <c r="A23" t="s" s="22">
         <v>22</v>
       </c>
       <c r="B23" t="s" s="23">
         <v>27</v>
       </c>
       <c r="C23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="D23" s="19">
         <v>18209527</v>
       </c>
       <c r="E23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="F23" s="19">
         <v>3505381242</v>
       </c>
       <c r="G23" t="s" s="20">
@@ -3096,129 +3102,129 @@
       <c r="T23" s="19">
         <v>18775069</v>
       </c>
       <c r="U23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="V23" s="19">
         <v>4194468064</v>
       </c>
       <c r="W23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="X23" s="19">
         <v>19135863</v>
       </c>
       <c r="Y23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="Z23" s="19">
         <v>4478234145</v>
       </c>
       <c r="AA23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AB23" s="19">
-        <v/>
+        <v>19184309</v>
       </c>
       <c r="AC23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AD23" s="19">
-        <v/>
+        <v>4215951403</v>
       </c>
       <c r="AE23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AF23" s="19">
-        <v/>
+        <v>17474530</v>
       </c>
       <c r="AG23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AH23" s="19">
-        <v/>
+        <v>3221582120</v>
       </c>
       <c r="AI23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AJ23" s="19">
-        <v/>
+        <v>20924940</v>
       </c>
       <c r="AK23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AL23" s="19">
-        <v/>
+        <v>4568353387</v>
       </c>
       <c r="AM23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AN23" s="19">
         <v/>
       </c>
       <c r="AO23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AP23" s="19">
         <v/>
       </c>
       <c r="AQ23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AR23" s="19">
         <v/>
       </c>
       <c r="AS23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AT23" s="19">
         <v/>
       </c>
       <c r="AU23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AV23" s="19">
         <v/>
       </c>
       <c r="AW23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AX23" s="19">
         <v/>
       </c>
       <c r="AY23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AZ23" s="19">
-        <v>111804072</v>
+        <v>169387851</v>
       </c>
       <c r="BA23" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB23" s="19">
-        <v>24599019745</v>
+        <v>36604906655</v>
       </c>
       <c r="BC23" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:55">
       <c r="A24" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C24" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D24" s="13">
         <v>286136</v>
       </c>
       <c r="E24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F24" s="13">
         <v>2445794873</v>
       </c>
       <c r="G24" t="s" s="12">
@@ -3263,129 +3269,129 @@
       <c r="T24" s="13">
         <v>301337</v>
       </c>
       <c r="U24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V24" s="13">
         <v>3553215659</v>
       </c>
       <c r="W24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X24" s="13">
         <v>300326</v>
       </c>
       <c r="Y24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z24" s="13">
         <v>4642229555</v>
       </c>
       <c r="AA24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB24" s="13">
-        <v/>
+        <v>314415</v>
       </c>
       <c r="AC24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD24" s="13">
-        <v/>
+        <v>3969808794</v>
       </c>
       <c r="AE24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF24" s="13">
-        <v/>
+        <v>277442</v>
       </c>
       <c r="AG24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH24" s="13">
-        <v/>
+        <v>3644796233</v>
       </c>
       <c r="AI24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ24" s="13">
-        <v/>
+        <v>298851</v>
       </c>
       <c r="AK24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL24" s="13">
-        <v/>
+        <v>4524504542</v>
       </c>
       <c r="AM24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN24" s="13">
         <v/>
       </c>
       <c r="AO24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP24" s="13">
         <v/>
       </c>
       <c r="AQ24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR24" s="13">
         <v/>
       </c>
       <c r="AS24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT24" s="13">
         <v/>
       </c>
       <c r="AU24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV24" s="13">
         <v/>
       </c>
       <c r="AW24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX24" s="13">
         <v/>
       </c>
       <c r="AY24" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ24" s="14">
-        <v>1791935</v>
+        <v>2682643</v>
       </c>
       <c r="BA24" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB24" s="14">
-        <v>20502436105</v>
+        <v>32641545674</v>
       </c>
       <c r="BC24" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:55">
       <c r="A25" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B25" t="s" s="12">
         <v>24</v>
       </c>
       <c r="C25" t="s" s="12">
         <v>25</v>
       </c>
       <c r="D25" s="13">
         <v>12402</v>
       </c>
       <c r="E25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F25" s="13">
         <v>11633220</v>
       </c>
       <c r="G25" t="s" s="12">
@@ -3430,129 +3436,129 @@
       <c r="T25" s="13">
         <v>12237</v>
       </c>
       <c r="U25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V25" s="13">
         <v>11772778</v>
       </c>
       <c r="W25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X25" s="13">
         <v>13155</v>
       </c>
       <c r="Y25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z25" s="13">
         <v>14454121</v>
       </c>
       <c r="AA25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB25" s="13">
-        <v/>
+        <v>14729</v>
       </c>
       <c r="AC25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD25" s="13">
-        <v/>
+        <v>23139034</v>
       </c>
       <c r="AE25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF25" s="13">
-        <v/>
+        <v>13310</v>
       </c>
       <c r="AG25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH25" s="13">
-        <v/>
+        <v>14384549</v>
       </c>
       <c r="AI25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ25" s="13">
-        <v/>
+        <v>14240</v>
       </c>
       <c r="AK25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL25" s="13">
-        <v/>
+        <v>22623136</v>
       </c>
       <c r="AM25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN25" s="13">
         <v/>
       </c>
       <c r="AO25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP25" s="13">
         <v/>
       </c>
       <c r="AQ25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR25" s="13">
         <v/>
       </c>
       <c r="AS25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT25" s="13">
         <v/>
       </c>
       <c r="AU25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV25" s="13">
         <v/>
       </c>
       <c r="AW25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX25" s="13">
         <v/>
       </c>
       <c r="AY25" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ25" s="14">
-        <v>74592</v>
+        <v>116871</v>
       </c>
       <c r="BA25" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB25" s="14">
-        <v>75242204</v>
+        <v>135388923</v>
       </c>
       <c r="BC25" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:55">
       <c r="A26" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C26" t="s" s="12">
         <v>26</v>
       </c>
       <c r="D26" s="13">
         <v/>
       </c>
       <c r="E26" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F26" s="13">
         <v/>
       </c>
       <c r="G26" t="s" s="12">
@@ -3764,129 +3770,129 @@
       <c r="T27" s="17">
         <v>313574</v>
       </c>
       <c r="U27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="V27" s="17">
         <v>3564988437</v>
       </c>
       <c r="W27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="X27" s="17">
         <v>313481</v>
       </c>
       <c r="Y27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="Z27" s="17">
         <v>4656683676</v>
       </c>
       <c r="AA27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AB27" s="17">
-        <v/>
+        <v>329144</v>
       </c>
       <c r="AC27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AD27" s="17">
-        <v/>
+        <v>3992947828</v>
       </c>
       <c r="AE27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AF27" s="17">
-        <v/>
+        <v>290752</v>
       </c>
       <c r="AG27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AH27" s="17">
-        <v/>
+        <v>3659180782</v>
       </c>
       <c r="AI27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AJ27" s="17">
-        <v/>
+        <v>313091</v>
       </c>
       <c r="AK27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AL27" s="17">
-        <v/>
+        <v>4547127678</v>
       </c>
       <c r="AM27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AN27" s="17">
         <v/>
       </c>
       <c r="AO27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AP27" s="17">
         <v/>
       </c>
       <c r="AQ27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AR27" s="17">
         <v/>
       </c>
       <c r="AS27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AT27" s="17">
         <v/>
       </c>
       <c r="AU27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AV27" s="17">
         <v/>
       </c>
       <c r="AW27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AX27" s="17">
         <v/>
       </c>
       <c r="AY27" t="s" s="18">
         <v>22</v>
       </c>
       <c r="AZ27" s="19">
-        <v>1866527</v>
+        <v>2799514</v>
       </c>
       <c r="BA27" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB27" s="19">
-        <v>20577678309</v>
+        <v>32776934597</v>
       </c>
       <c r="BC27" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:55">
       <c r="A28" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C28" t="s" s="12">
         <v>23</v>
       </c>
       <c r="D28" s="13">
         <v>1242819</v>
       </c>
       <c r="E28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F28" s="13">
         <v>1755107486</v>
       </c>
       <c r="G28" t="s" s="12">
@@ -3931,382 +3937,382 @@
       <c r="T28" s="13">
         <v>2023973</v>
       </c>
       <c r="U28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V28" s="13">
         <v>2036333457</v>
       </c>
       <c r="W28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X28" s="13">
         <v>1131421</v>
       </c>
       <c r="Y28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z28" s="13">
         <v>1329808586</v>
       </c>
       <c r="AA28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB28" s="13">
-        <v/>
+        <v>1082114</v>
       </c>
       <c r="AC28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD28" s="13">
-        <v/>
+        <v>1202984368</v>
       </c>
       <c r="AE28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF28" s="13">
-        <v/>
+        <v>1004760</v>
       </c>
       <c r="AG28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH28" s="13">
-        <v/>
+        <v>1378082310</v>
       </c>
       <c r="AI28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ28" s="13">
-        <v/>
+        <v>1026996</v>
       </c>
       <c r="AK28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL28" s="13">
-        <v/>
+        <v>1938923589</v>
       </c>
       <c r="AM28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN28" s="13">
         <v/>
       </c>
       <c r="AO28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP28" s="13">
         <v/>
       </c>
       <c r="AQ28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR28" s="13">
         <v/>
       </c>
       <c r="AS28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT28" s="13">
         <v/>
       </c>
       <c r="AU28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV28" s="13">
         <v/>
       </c>
       <c r="AW28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX28" s="13">
         <v/>
       </c>
       <c r="AY28" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ28" s="14">
-        <v>8314542</v>
+        <v>11428412</v>
       </c>
       <c r="BA28" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB28" s="14">
-        <v>10012692682</v>
+        <v>14532682949</v>
       </c>
       <c r="BC28" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:55">
       <c r="A29" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C29" t="s" s="12">
         <v>28</v>
       </c>
       <c r="D29" s="13">
-        <v>9257854</v>
+        <v>9258134</v>
       </c>
       <c r="E29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F29" s="13">
-        <v>25789964894</v>
+        <v>25790326062</v>
       </c>
       <c r="G29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H29" s="13">
-        <v>9137635</v>
+        <v>9137985</v>
       </c>
       <c r="I29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="J29" s="13">
-        <v>24629940151</v>
+        <v>24630397385</v>
       </c>
       <c r="K29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L29" s="13">
-        <v>9914712</v>
+        <v>9915071</v>
       </c>
       <c r="M29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="N29" s="13">
-        <v>36288040843</v>
+        <v>36288578342</v>
       </c>
       <c r="O29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="P29" s="13">
-        <v>10384548</v>
+        <v>10384867</v>
       </c>
       <c r="Q29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="R29" s="13">
-        <v>27603082843</v>
+        <v>27603720374</v>
       </c>
       <c r="S29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="T29" s="13">
-        <v>10164655</v>
+        <v>10164923</v>
       </c>
       <c r="U29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="V29" s="13">
-        <v>26449247140</v>
+        <v>26449586126</v>
       </c>
       <c r="W29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="X29" s="13">
-        <v>11181128</v>
+        <v>11181383</v>
       </c>
       <c r="Y29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="Z29" s="13">
-        <v>32325164887</v>
+        <v>32325461076</v>
       </c>
       <c r="AA29" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="AB29" s="13">
-        <v/>
+        <v>11110752</v>
       </c>
       <c r="AC29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD29" s="13">
-        <v/>
+        <v>32916683505</v>
       </c>
       <c r="AE29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF29" s="13">
-        <v/>
+        <v>9713780</v>
       </c>
       <c r="AG29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH29" s="13">
-        <v/>
+        <v>25699268413</v>
       </c>
       <c r="AI29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ29" s="13">
-        <v/>
+        <v>10622875</v>
       </c>
       <c r="AK29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL29" s="13">
-        <v/>
+        <v>31096376396</v>
       </c>
       <c r="AM29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN29" s="13">
         <v/>
       </c>
       <c r="AO29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP29" s="13">
         <v/>
       </c>
       <c r="AQ29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR29" s="13">
         <v/>
       </c>
       <c r="AS29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT29" s="13">
         <v/>
       </c>
       <c r="AU29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV29" s="13">
         <v/>
       </c>
       <c r="AW29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX29" s="13">
         <v/>
       </c>
       <c r="AY29" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ29" s="14">
-        <v>60040532</v>
+        <v>91489770</v>
       </c>
       <c r="BA29" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB29" s="14">
-        <v>173085440758</v>
+        <v>262800397679</v>
       </c>
       <c r="BC29" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:55">
       <c r="A30" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C30" t="s" s="12">
         <v>30</v>
       </c>
       <c r="D30" s="13">
-        <v>280</v>
+        <v/>
       </c>
       <c r="E30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F30" s="13">
-        <v>361168</v>
+        <v/>
       </c>
       <c r="G30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H30" s="13">
-        <v>350</v>
+        <v/>
       </c>
       <c r="I30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="J30" s="13">
-        <v>457234</v>
+        <v/>
       </c>
       <c r="K30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L30" s="13">
-        <v>359</v>
+        <v/>
       </c>
       <c r="M30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="N30" s="13">
-        <v>537499</v>
+        <v/>
       </c>
       <c r="O30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="P30" s="13">
-        <v>319</v>
+        <v/>
       </c>
       <c r="Q30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="R30" s="13">
-        <v>637531</v>
+        <v/>
       </c>
       <c r="S30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="T30" s="13">
-        <v>268</v>
+        <v/>
       </c>
       <c r="U30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="V30" s="13">
-        <v>338986</v>
+        <v/>
       </c>
       <c r="W30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="X30" s="13">
-        <v>255</v>
+        <v/>
       </c>
       <c r="Y30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="Z30" s="13">
-        <v>296189</v>
+        <v/>
       </c>
       <c r="AA30" t="s" s="12">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="AB30" s="13">
         <v/>
       </c>
       <c r="AC30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD30" s="13">
         <v/>
       </c>
       <c r="AE30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF30" s="13">
         <v/>
       </c>
       <c r="AG30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH30" s="13">
         <v/>
       </c>
       <c r="AI30" t="s" s="12">
         <v>22</v>
       </c>
@@ -4337,65 +4343,65 @@
       <c r="AR30" s="13">
         <v/>
       </c>
       <c r="AS30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT30" s="13">
         <v/>
       </c>
       <c r="AU30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV30" s="13">
         <v/>
       </c>
       <c r="AW30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX30" s="13">
         <v/>
       </c>
       <c r="AY30" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ30" s="14">
-        <v>1831</v>
+        <v>0</v>
       </c>
       <c r="BA30" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB30" s="14">
-        <v>2628607</v>
+        <v>0</v>
       </c>
       <c r="BC30" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:55">
       <c r="A31" t="s" s="7">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C31" t="s" s="12">
         <v>32</v>
       </c>
       <c r="D31" s="13">
         <v>1879505</v>
       </c>
       <c r="E31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F31" s="13">
         <v>1304969366</v>
       </c>
       <c r="G31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H31" s="13">
         <v>1905176</v>
       </c>
       <c r="I31" t="s" s="12">
         <v>22</v>
       </c>
@@ -4432,129 +4438,129 @@
       <c r="T31" s="13">
         <v>2128432</v>
       </c>
       <c r="U31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V31" s="13">
         <v>1547907207</v>
       </c>
       <c r="W31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X31" s="13">
         <v>2274180</v>
       </c>
       <c r="Y31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z31" s="13">
         <v>1714280957</v>
       </c>
       <c r="AA31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB31" s="13">
-        <v/>
+        <v>2427365</v>
       </c>
       <c r="AC31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD31" s="13">
-        <v/>
+        <v>1912859567</v>
       </c>
       <c r="AE31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF31" s="13">
-        <v/>
+        <v>2108078</v>
       </c>
       <c r="AG31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH31" s="13">
-        <v/>
+        <v>1635450510</v>
       </c>
       <c r="AI31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ31" s="13">
-        <v/>
+        <v>2382738</v>
       </c>
       <c r="AK31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL31" s="13">
-        <v/>
+        <v>1821363046</v>
       </c>
       <c r="AM31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN31" s="13">
         <v/>
       </c>
       <c r="AO31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP31" s="13">
         <v/>
       </c>
       <c r="AQ31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR31" s="13">
         <v/>
       </c>
       <c r="AS31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT31" s="13">
         <v/>
       </c>
       <c r="AU31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV31" s="13">
         <v/>
       </c>
       <c r="AW31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX31" s="13">
         <v/>
       </c>
       <c r="AY31" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ31" s="14">
-        <v>12348681</v>
+        <v>19266862</v>
       </c>
       <c r="BA31" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB31" s="14">
-        <v>8851309189</v>
+        <v>14220982312</v>
       </c>
       <c r="BC31" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:55">
       <c r="A32" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B32" t="s" s="12">
         <v>31</v>
       </c>
       <c r="C32" t="s" s="12">
         <v>33</v>
       </c>
       <c r="D32" s="13">
         <v/>
       </c>
       <c r="E32" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F32" s="13">
         <v/>
       </c>
       <c r="G32" t="s" s="12">
@@ -5025,51 +5031,51 @@
       </c>
       <c r="AY34" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ34" s="14">
         <v>0</v>
       </c>
       <c r="BA34" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB34" s="14">
         <v>0</v>
       </c>
       <c r="BC34" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:55">
       <c r="A35" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C35" t="s" s="12">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D35" s="13">
         <v>881613</v>
       </c>
       <c r="E35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F35" s="13">
         <v>3211724020</v>
       </c>
       <c r="G35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="H35" s="13">
         <v>843801</v>
       </c>
       <c r="I35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="J35" s="13">
         <v>2444467732</v>
       </c>
       <c r="K35" t="s" s="12">
         <v>22</v>
       </c>
@@ -5100,129 +5106,129 @@
       <c r="T35" s="13">
         <v>1019536</v>
       </c>
       <c r="U35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V35" s="13">
         <v>2939389317</v>
       </c>
       <c r="W35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X35" s="13">
         <v>1048733</v>
       </c>
       <c r="Y35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z35" s="13">
         <v>3638027609</v>
       </c>
       <c r="AA35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB35" s="13">
-        <v/>
+        <v>1152371</v>
       </c>
       <c r="AC35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD35" s="13">
-        <v/>
+        <v>4164183281</v>
       </c>
       <c r="AE35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF35" s="13">
-        <v/>
+        <v>1075164</v>
       </c>
       <c r="AG35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH35" s="13">
-        <v/>
+        <v>3169320714</v>
       </c>
       <c r="AI35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ35" s="13">
-        <v/>
+        <v>1100611</v>
       </c>
       <c r="AK35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL35" s="13">
-        <v/>
+        <v>3182289654</v>
       </c>
       <c r="AM35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN35" s="13">
         <v/>
       </c>
       <c r="AO35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP35" s="13">
         <v/>
       </c>
       <c r="AQ35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR35" s="13">
         <v/>
       </c>
       <c r="AS35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT35" s="13">
         <v/>
       </c>
       <c r="AU35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV35" s="13">
         <v/>
       </c>
       <c r="AW35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX35" s="13">
         <v/>
       </c>
       <c r="AY35" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ35" s="14">
-        <v>5711251</v>
+        <v>9039397</v>
       </c>
       <c r="BA35" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB35" s="14">
-        <v>20442289970</v>
+        <v>30958083619</v>
       </c>
       <c r="BC35" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:55">
       <c r="A36" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="C36" t="s" s="12">
         <v>26</v>
       </c>
       <c r="D36" s="13">
         <v>388653</v>
       </c>
       <c r="E36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="F36" s="13">
         <v>1580458329</v>
       </c>
       <c r="G36" t="s" s="12">
@@ -5267,129 +5273,129 @@
       <c r="T36" s="13">
         <v>653455</v>
       </c>
       <c r="U36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="V36" s="13">
         <v>1299579003</v>
       </c>
       <c r="W36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="X36" s="13">
         <v>682448</v>
       </c>
       <c r="Y36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="Z36" s="13">
         <v>1528656116</v>
       </c>
       <c r="AA36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AB36" s="13">
-        <v/>
+        <v>727357</v>
       </c>
       <c r="AC36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AD36" s="13">
-        <v/>
+        <v>1940683022</v>
       </c>
       <c r="AE36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AF36" s="13">
-        <v/>
+        <v>643081</v>
       </c>
       <c r="AG36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AH36" s="13">
-        <v/>
+        <v>1528944195</v>
       </c>
       <c r="AI36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AJ36" s="13">
-        <v/>
+        <v>716943</v>
       </c>
       <c r="AK36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AL36" s="13">
-        <v/>
+        <v>1528089449</v>
       </c>
       <c r="AM36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AN36" s="13">
         <v/>
       </c>
       <c r="AO36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AP36" s="13">
         <v/>
       </c>
       <c r="AQ36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AR36" s="13">
         <v/>
       </c>
       <c r="AS36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AT36" s="13">
         <v/>
       </c>
       <c r="AU36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AV36" s="13">
         <v/>
       </c>
       <c r="AW36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AX36" s="13">
         <v/>
       </c>
       <c r="AY36" t="s" s="12">
         <v>22</v>
       </c>
       <c r="AZ36" s="14">
-        <v>3399302</v>
+        <v>5486683</v>
       </c>
       <c r="BA36" t="s" s="15">
         <v>22</v>
       </c>
       <c r="BB36" s="14">
-        <v>9205042824</v>
+        <v>14202759490</v>
       </c>
       <c r="BC36" t="s" s="15">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:55">
       <c r="A37" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B37" t="s" s="21">
         <v>27</v>
       </c>
       <c r="C37" t="s" s="21">
         <v>31</v>
       </c>
       <c r="D37" s="9">
         <v>13650724</v>
       </c>
       <c r="E37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="F37" s="9">
         <v>33642585263</v>
       </c>
       <c r="G37" t="s" s="8">
@@ -5434,129 +5440,129 @@
       <c r="T37" s="9">
         <v>15990319</v>
       </c>
       <c r="U37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="V37" s="9">
         <v>34272795110</v>
       </c>
       <c r="W37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="X37" s="9">
         <v>16318165</v>
       </c>
       <c r="Y37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="Z37" s="9">
         <v>40536234344</v>
       </c>
       <c r="AA37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AB37" s="9">
-        <v/>
+        <v>16499959</v>
       </c>
       <c r="AC37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AD37" s="9">
-        <v/>
+        <v>42137393743</v>
       </c>
       <c r="AE37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AF37" s="9">
-        <v/>
+        <v>14544863</v>
       </c>
       <c r="AG37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AH37" s="9">
-        <v/>
+        <v>33411066142</v>
       </c>
       <c r="AI37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AJ37" s="9">
-        <v/>
+        <v>15850163</v>
       </c>
       <c r="AK37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AL37" s="9">
-        <v/>
+        <v>39567042134</v>
       </c>
       <c r="AM37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AN37" s="9">
         <v/>
       </c>
       <c r="AO37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AP37" s="9">
         <v/>
       </c>
       <c r="AQ37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AR37" s="9">
         <v/>
       </c>
       <c r="AS37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AT37" s="9">
         <v/>
       </c>
       <c r="AU37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AV37" s="9">
         <v/>
       </c>
       <c r="AW37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AX37" s="9">
         <v/>
       </c>
       <c r="AY37" t="s" s="8">
         <v>22</v>
       </c>
       <c r="AZ37" s="19">
-        <v>89816139</v>
+        <v>136711124</v>
       </c>
       <c r="BA37" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB37" s="19">
-        <v>221599404030</v>
+        <v>336714906049</v>
       </c>
       <c r="BC37" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:55">
       <c r="A38" t="s" s="7">
         <v>22</v>
       </c>
       <c r="B38" t="s" s="23">
         <v>27</v>
       </c>
       <c r="C38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="D38" s="19">
         <v>13949262</v>
       </c>
       <c r="E38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="F38" s="19">
         <v>36100013356</v>
       </c>
       <c r="G38" t="s" s="20">
@@ -5601,143 +5607,143 @@
       <c r="T38" s="19">
         <v>16303893</v>
       </c>
       <c r="U38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="V38" s="19">
         <v>37837783547</v>
       </c>
       <c r="W38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="X38" s="19">
         <v>16631646</v>
       </c>
       <c r="Y38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="Z38" s="19">
         <v>45192918020</v>
       </c>
       <c r="AA38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AB38" s="19">
-        <v/>
+        <v>16829103</v>
       </c>
       <c r="AC38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AD38" s="19">
-        <v/>
+        <v>46130341571</v>
       </c>
       <c r="AE38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AF38" s="19">
-        <v/>
+        <v>14835615</v>
       </c>
       <c r="AG38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AH38" s="19">
-        <v/>
+        <v>37070246924</v>
       </c>
       <c r="AI38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AJ38" s="19">
-        <v/>
+        <v>16163254</v>
       </c>
       <c r="AK38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AL38" s="19">
-        <v/>
+        <v>44114169812</v>
       </c>
       <c r="AM38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AN38" s="19">
         <v/>
       </c>
       <c r="AO38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AP38" s="19">
         <v/>
       </c>
       <c r="AQ38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AR38" s="19">
         <v/>
       </c>
       <c r="AS38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AT38" s="19">
         <v/>
       </c>
       <c r="AU38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AV38" s="19">
         <v/>
       </c>
       <c r="AW38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AX38" s="19">
         <v/>
       </c>
       <c r="AY38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="AZ38" s="19">
-        <v>91682666</v>
+        <v>139510638</v>
       </c>
       <c r="BA38" t="s" s="20">
         <v>22</v>
       </c>
       <c r="BB38" s="19">
-        <v>242177082339</v>
+        <v>369491840646</v>
       </c>
       <c r="BC38" t="s" s="20">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:55">
       <c r="A39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="B39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="C39" t="s" s="23">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D39" s="24">
         <v>32158789</v>
       </c>
       <c r="E39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="F39" s="24">
         <v>39605394598</v>
       </c>
       <c r="G39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="H39" s="24">
         <v>31894732</v>
       </c>
       <c r="I39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="J39" s="24">
         <v>37453954673</v>
       </c>
       <c r="K39" t="s" s="23">
         <v>22</v>
       </c>
@@ -5768,137 +5774,142 @@
       <c r="T39" s="24">
         <v>35078962</v>
       </c>
       <c r="U39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="V39" s="24">
         <v>42032251611</v>
       </c>
       <c r="W39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="X39" s="24">
         <v>35767509</v>
       </c>
       <c r="Y39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="Z39" s="24">
         <v>49671152165</v>
       </c>
       <c r="AA39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AB39" s="24">
-        <v/>
+        <v>36013412</v>
       </c>
       <c r="AC39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AD39" s="24">
-        <v/>
+        <v>50346292974</v>
       </c>
       <c r="AE39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AF39" s="24">
-        <v/>
+        <v>32310145</v>
       </c>
       <c r="AG39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AH39" s="24">
-        <v/>
+        <v>40291829044</v>
       </c>
       <c r="AI39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AJ39" s="24">
-        <v/>
+        <v>37088194</v>
       </c>
       <c r="AK39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AL39" s="24">
-        <v/>
+        <v>48682523199</v>
       </c>
       <c r="AM39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AN39" s="24">
         <v/>
       </c>
       <c r="AO39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AP39" s="24">
         <v/>
       </c>
       <c r="AQ39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AR39" s="24">
         <v/>
       </c>
       <c r="AS39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AT39" s="24">
         <v/>
       </c>
       <c r="AU39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AV39" s="24">
         <v/>
       </c>
       <c r="AW39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AX39" s="24">
         <v/>
       </c>
       <c r="AY39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="AZ39" s="24">
-        <v>203486738</v>
+        <v>308898489</v>
       </c>
       <c r="BA39" t="s" s="23">
         <v>22</v>
       </c>
       <c r="BB39" s="24">
-        <v>266776102084</v>
+        <v>406096747301</v>
       </c>
       <c r="BC39" t="s" s="23">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:55">
       <c r="A40" t="s">
-        <v>39</v>
+        <v>40</v>
+      </c>
+    </row>
+    <row r="41" spans="1:55">
+      <c r="A41" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="47">
     <mergeCell ref="A1:BC1"/>
     <mergeCell ref="A2:BC2"/>
     <mergeCell ref="A3:BC3"/>
     <mergeCell ref="A4:BC4"/>
     <mergeCell ref="A5:BC5"/>
     <mergeCell ref="A6:BC6"/>
     <mergeCell ref="A7:BC7"/>
     <mergeCell ref="A8:C9"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="H8:K8"/>
     <mergeCell ref="L8:O8"/>
     <mergeCell ref="P8:S8"/>
     <mergeCell ref="T8:W8"/>
     <mergeCell ref="X8:AA8"/>
     <mergeCell ref="AB8:AE8"/>
     <mergeCell ref="AF8:AI8"/>
     <mergeCell ref="AJ8:AM8"/>
     <mergeCell ref="AN8:AQ8"/>
     <mergeCell ref="AR8:AU8"/>
     <mergeCell ref="AV8:AY8"/>
     <mergeCell ref="AZ8:BC8"/>